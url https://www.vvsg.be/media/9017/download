--- v0 (2025-10-13)
+++ v1 (2026-01-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="66A87F8E" w14:textId="183FCF9B" w:rsidR="00AA1894" w:rsidRDefault="00AA1894">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zwaar"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zwaar"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">MODEL: </w:t>
       </w:r>
       <w:r w:rsidR="0086210E">
         <w:rPr>
@@ -79,89 +79,109 @@
         <w:t xml:space="preserve"> ontslag te nemen als </w:t>
       </w:r>
       <w:r w:rsidR="00AE09D6">
         <w:rPr>
           <w:rStyle w:val="Zwaar"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>politie</w:t>
       </w:r>
       <w:r w:rsidR="00B72D15">
         <w:rPr>
           <w:rStyle w:val="Zwaar"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>raadslid</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1696A5C5" w14:textId="54269E4F" w:rsidR="006A6713" w:rsidRDefault="00AA1894" w:rsidP="009E3004">
+    <w:p w14:paraId="1696A5C5" w14:textId="7B9F870C" w:rsidR="006A6713" w:rsidRDefault="00AA1894" w:rsidP="009E3004">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zwaar"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Geachte voorzitter van de gemeenteraad,</w:t>
+        <w:t xml:space="preserve">Geachte voorzitter van de </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3654B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>politieraad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00595B1E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
@@ -439,98 +459,98 @@
         </w:rPr>
         <w:t>[DATUM + HANDTEKENING]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05184FFC" w14:textId="3F01A396" w:rsidR="008A424B" w:rsidRDefault="008A424B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008A424B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="667570BC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5C06CDB8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -779,121 +799,124 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1149176627">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1795715087">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA1894"/>
     <w:rsid w:val="000835A2"/>
     <w:rsid w:val="000C4B4C"/>
     <w:rsid w:val="0012104A"/>
     <w:rsid w:val="001D22B7"/>
     <w:rsid w:val="002649DF"/>
+    <w:rsid w:val="003B503C"/>
     <w:rsid w:val="00482D34"/>
     <w:rsid w:val="0052516B"/>
     <w:rsid w:val="005946EE"/>
     <w:rsid w:val="00595B1E"/>
     <w:rsid w:val="006A6713"/>
     <w:rsid w:val="006A6E41"/>
     <w:rsid w:val="007E683D"/>
     <w:rsid w:val="008472DF"/>
     <w:rsid w:val="0086210E"/>
     <w:rsid w:val="008A424B"/>
     <w:rsid w:val="009E3004"/>
     <w:rsid w:val="00A836D9"/>
     <w:rsid w:val="00A85ECD"/>
     <w:rsid w:val="00AA1894"/>
     <w:rsid w:val="00AE09D6"/>
     <w:rsid w:val="00B72D15"/>
+    <w:rsid w:val="00E3654B"/>
     <w:rsid w:val="00EF491D"/>
     <w:rsid w:val="00F81D05"/>
     <w:rsid w:val="00FD6C54"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-BE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="59AC5F57"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6141CB74-70C6-4FFB-BA5D-09A4AED9096F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1300,51 +1323,51 @@
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00AA1894"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nadruk">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00AA1894"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2019038430">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2030451057">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1638,69 +1661,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>56</Words>
+  <Words>55</Words>
   <Characters>308</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>363</CharactersWithSpaces>
+  <CharactersWithSpaces>362</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vanderstappen Pieter</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>