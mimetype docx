--- v0 (2025-11-16)
+++ v1 (2026-02-10)
@@ -143,62 +143,62 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6701A2C0" w14:textId="58C9187E" w:rsidR="00571C8A" w:rsidRDefault="00571C8A" w:rsidP="00AD27DF">
       <w:pPr>
         <w:pStyle w:val="OpsommingVVSG"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="00994AF0">
         <w:t>et doel is om effectieve oplossingen en methoden te delen en te verspreiden</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> en zo andere lokale besturen te inspireren.</w:t>
       </w:r>
       <w:r w:rsidR="007F0529">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B4B968" w14:textId="2F722888" w:rsidR="007F0529" w:rsidRDefault="00311F02" w:rsidP="00AD27DF">
+    <w:p w14:paraId="43B4B968" w14:textId="2F722888" w:rsidR="007F0529" w:rsidRDefault="007F0529" w:rsidP="00AD27DF">
       <w:pPr>
         <w:pStyle w:val="OpsommingVVSG"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="007F0529" w:rsidRPr="00311F02">
+        <w:r w:rsidRPr="00311F02">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Je praktijk delen we op de website van VVSG.be</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="10BE5596" w14:textId="4BE4E762" w:rsidR="00B443F5" w:rsidRPr="001E3BEE" w:rsidRDefault="00EE10D7" w:rsidP="00AD27DF">
       <w:pPr>
         <w:pStyle w:val="OpsommingVVSG"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK3"/>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK4"/>
       <w:r>
@@ -354,63 +354,51 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>60 tekens</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, inclusief spaties. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC2C4A">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "https://support.microsoft.com/nl-nl/office/aantal-woorden-weergeven-3c9e6a11-a04d-43b4-977c-563a0e0d5da3" \l ":~:text=Tip%3A%20Om%20het%20aantal%20tekens,aantal%20woorden%20in%20de%20statusbalk."</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EC2C4A">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>In Wo</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">d check je </w:t>
+        <w:t xml:space="preserve">In Word check je </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>het aantal tekens</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC0E4A">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> zo</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D3B47AA" w14:textId="77777777" w:rsidR="00311F02" w:rsidRDefault="00311F02" w:rsidP="00311F02">
       <w:pPr>
@@ -622,114 +610,135 @@
       </w:r>
       <w:r w:rsidRPr="00ED272A">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED272A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>een beeld schept over de praktijk.</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED272A">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED272A">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43E44C4E" w14:textId="77777777" w:rsidR="00ED272A" w:rsidRPr="00ED272A" w:rsidRDefault="00ED272A" w:rsidP="00ED272A">
+    <w:p w14:paraId="43E44C4E" w14:textId="77777777" w:rsidR="00ED272A" w:rsidRDefault="00ED272A" w:rsidP="00ED272A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED272A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">Kies voor een </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED272A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">liggende foto </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED272A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>(landscape) van voldoende kwaliteit.</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED272A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="7680D36E" w14:textId="423F1477" w:rsidR="00A56E64" w:rsidRPr="00ED272A" w:rsidRDefault="00A56E64" w:rsidP="00ED272A">
+      <w:pPr>
+        <w:pStyle w:val="BodytekstVVSG"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Voorkeursverhouding is 2560 x 840 pixels</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="28501D2F" w14:textId="77777777" w:rsidR="00ED272A" w:rsidRPr="00ED272A" w:rsidRDefault="00ED272A" w:rsidP="00ED272A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED272A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Gebruik alleen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED272A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>rechtenvrije</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED272A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> foto's</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED272A">
@@ -780,51 +789,50 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="247C6D8A" w14:textId="77777777" w:rsidR="00ED272A" w:rsidRPr="00ED272A" w:rsidRDefault="00ED272A" w:rsidP="00ED272A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED272A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Toegestane formaten zijn: .</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED272A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>jpeg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED272A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>, .</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED272A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -2335,99 +2343,99 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="001A0D35">
         <w:t xml:space="preserve"> 10.000 - 50.000 euro</w:t>
       </w:r>
       <w:r w:rsidRPr="001A0D35">
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="Selectievakje5"/>
       <w:r w:rsidRPr="001A0D35">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="001A0D35">
         <w:t xml:space="preserve"> 50.000 - 250.000 euro</w:t>
       </w:r>
       <w:r w:rsidRPr="001A0D35">
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="Selectievakje6"/>
       <w:r w:rsidRPr="001A0D35">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -3836,105 +3844,50 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00123F9A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
         <w:t>Bestuur en burger</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="699B2FF2" w14:textId="23CEF638" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
-      <w:pPr>
-[...53 lines deleted...]
-    <w:p w14:paraId="018B4A88" w14:textId="55C87691" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
@@ -3943,54 +3896,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00123F9A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Brandweer - hulpverleningszones</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="57B7014C" w14:textId="067989AC" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
+        <w:t>Bestuurlijke politie en handhaving</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018B4A88" w14:textId="55C87691" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3998,54 +3951,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00123F9A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Circulaire economie</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="22B99BCD" w14:textId="7FA33BA9" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
+        <w:t>Brandweer - hulpverleningszones</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57B7014C" w14:textId="067989AC" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4053,54 +4006,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00123F9A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Communicatie</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="459AC896" w14:textId="3434BABB" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
+        <w:t>Circulaire economie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B99BCD" w14:textId="7FA33BA9" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4108,54 +4061,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00123F9A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Deontologie en integriteit</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5E0DF669" w14:textId="65EC66FB" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
+        <w:t>Communicatie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459AC896" w14:textId="3434BABB" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4163,54 +4116,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00123F9A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Digitale transformatie</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="58B304C4" w14:textId="39379D3A" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
+        <w:t>Deontologie en integriteit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0DF669" w14:textId="65EC66FB" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4218,54 +4171,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00123F9A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Diversiteit en gelijke kansen</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="66CABF3F" w14:textId="25977F15" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
+        <w:t>Digitale transformatie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B304C4" w14:textId="39379D3A" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4273,166 +4226,166 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00123F9A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Duurzame ontwikkelingsdoelstellingen (SDG's)</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="0B17D13F" w14:textId="35CF941D" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
+        <w:t>Diversiteit en gelijke kansen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66CABF3F" w14:textId="25977F15" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00123F9A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Economie</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2BC30CF1" w14:textId="3FF30745" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Duurzame ontwikkelingsdoelstellingen (SDG's)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="22" w:name="_Hlk178149611"/>
+    <w:p w14:paraId="0B17D13F" w14:textId="35CF941D" w:rsidR="004E7C7A" w:rsidRDefault="004B0585" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00123F9A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Energie en klimaat</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="74D45616" w14:textId="696AB635" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Economie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC30CF1" w14:textId="3FF30745" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4440,54 +4393,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Financiën</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="10F77059" w14:textId="3DDD0EC8" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Energie en klimaat</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74D45616" w14:textId="696AB635" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4495,54 +4448,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Gemeentelijke administratieve sancties (GAS)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7F9DBE9A" w14:textId="648CEE56" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Financiën</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F77059" w14:textId="3DDD0EC8" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4550,54 +4503,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Integrale veiligheid</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="61A60398" w14:textId="0DA057B9" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Gemeentelijke administratieve sancties (GAS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9DBE9A" w14:textId="648CEE56" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4605,54 +4558,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Kinderen en gezinnen</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="38E4BC8E" w14:textId="5B521F0F" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Integrale veiligheid</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A60398" w14:textId="0DA057B9" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4660,54 +4613,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Klimaatadaptatie</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3A22615D" w14:textId="787E6DE5" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Kinderen en gezinnen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E4BC8E" w14:textId="5B521F0F" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4715,54 +4668,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Lokaal sociaal beleid</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="53FDF517" w14:textId="254AD62A" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Klimaatadaptatie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A22615D" w14:textId="787E6DE5" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4770,54 +4723,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Lokale politiezones</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="50B0580F" w14:textId="4306D95B" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Lokaal sociaal beleid</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53FDF517" w14:textId="254AD62A" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4825,54 +4778,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Maatschappelijke dienstverlening</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="182F1616" w14:textId="2909ABB4" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Lokale politiezones</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B0580F" w14:textId="4306D95B" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4880,54 +4833,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Milieu</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="616F0D47" w14:textId="13970581" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Maatschappelijke dienstverlening</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="182F1616" w14:textId="2909ABB4" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4935,54 +4888,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Mobiliteit</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7C5D3AF9" w14:textId="23BAD7C5" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Milieu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616F0D47" w14:textId="13970581" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4990,54 +4943,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Noodplanning en crisisbeheer</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1FAC6F06" w14:textId="51F452FE" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Mobiliteit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C5D3AF9" w14:textId="23BAD7C5" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5045,54 +4998,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Open ruimte?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="352C09BB" w14:textId="2520BD7B" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Noodplanning en crisisbeheer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FAC6F06" w14:textId="51F452FE" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5100,54 +5053,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Openbare werken/ wegenbeheer</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="757E0886" w14:textId="7411DE0A" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Open ruimte?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="352C09BB" w14:textId="2520BD7B" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5155,54 +5108,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Personeelsbeleid</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7F19E25B" w14:textId="6C8014F9" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Openbare werken/ wegenbeheer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757E0886" w14:textId="7411DE0A" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5210,54 +5163,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Publieke ruimte</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1F0DA9A2" w14:textId="08B191AA" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Personeelsbeleid</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F19E25B" w14:textId="6C8014F9" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5265,54 +5218,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Radicalisering en polarisering</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6A3166F8" w14:textId="33AB0BAF" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Publieke ruimte</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0DA9A2" w14:textId="08B191AA" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5320,54 +5273,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Ruimtelijke ordening</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="04481E00" w14:textId="43EBF4E4" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Radicalisering en polarisering</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A3166F8" w14:textId="33AB0BAF" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5375,54 +5328,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Samenwerking</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5DB39AAC" w14:textId="4E1EB122" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Ruimtelijke ordening</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04481E00" w14:textId="43EBF4E4" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5430,54 +5383,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Toekomst parochiekerken</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E41ACEC" w14:textId="0A7E4B2F" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Samenwerking</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB39AAC" w14:textId="4E1EB122" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5485,54 +5438,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Veiligheid en technologie</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4893BDEA" w14:textId="2A16F7C8" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Toekomst parochiekerken</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E41ACEC" w14:textId="0A7E4B2F" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5540,54 +5493,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Vreemdelingen</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="66E98E3A" w14:textId="4E2C85DA" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Veiligheid en technologie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4893BDEA" w14:textId="2A16F7C8" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5595,54 +5548,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Vrije tijd</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="29022734" w14:textId="1D17E001" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Vreemdelingen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E98E3A" w14:textId="4E2C85DA" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5650,54 +5603,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Water</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="52A6D174" w14:textId="37F937BE" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Vrije tijd</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29022734" w14:textId="1D17E001" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5705,54 +5658,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Werk, sociale economie en activering</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="64BE27A1" w14:textId="6EDC4265" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Water</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A6D174" w14:textId="37F937BE" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5760,54 +5713,54 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
-        <w:t>Wonen</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="43405827" w14:textId="12EC1CBF" w:rsidR="00222CA6" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+        <w:t>Werk, sociale economie en activering</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BE27A1" w14:textId="6EDC4265" w:rsidR="004E7C7A" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5815,50 +5768,105 @@
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C7A">
+        <w:t>Wonen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43405827" w14:textId="12EC1CBF" w:rsidR="00222CA6" w:rsidRDefault="00123F9A" w:rsidP="004E7C7A">
+      <w:pPr>
+        <w:pStyle w:val="BodytekstVVSG"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Selectievakje2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E7C7A">
         <w:t>Zorg en gezondheid</w:t>
       </w:r>
       <w:r w:rsidR="00CA3087">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="76F9C69F" w14:textId="77777777" w:rsidR="00144A49" w:rsidRDefault="00144A49" w:rsidP="00144A49">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6745C1F6" w14:textId="0F4D4B89" w:rsidR="00144A49" w:rsidRPr="002727DD" w:rsidRDefault="00144A49" w:rsidP="00144A49">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="43B02A" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A21DB">
@@ -6018,51 +6026,50 @@
           <w:color w:val="97999B" w:themeColor="accent6"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D25F73">
         <w:t>[Schrijf hier je tekst] ………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D8F306F" w14:textId="782FE04A" w:rsidR="00144A49" w:rsidRPr="0034065D" w:rsidRDefault="00144A49" w:rsidP="007B266E">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23743FE7" w14:textId="14CE0F4B" w:rsidR="0034065D" w:rsidRPr="00D25F73" w:rsidRDefault="0034065D" w:rsidP="6B864EBA">
       <w:pPr>
         <w:pStyle w:val="11Titel2VVSG"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D25F73">
-        <w:lastRenderedPageBreak/>
         <w:t>Waarom is het gebeurd?</w:t>
       </w:r>
       <w:r w:rsidRPr="00D25F73">
         <w:rPr>
           <w:color w:val="E03C31" w:themeColor="accent2"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC43B83" w14:textId="7073686D" w:rsidR="0034065D" w:rsidRPr="00D25F73" w:rsidRDefault="00992A61" w:rsidP="0034065D">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00992A61">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Vertel waarom je organisatie deze praktijk wou realiseren.</w:t>
@@ -6700,50 +6707,51 @@
           <w:headerReference w:type="default" r:id="rId16"/>
           <w:footerReference w:type="default" r:id="rId17"/>
           <w:headerReference w:type="first" r:id="rId18"/>
           <w:footerReference w:type="first" r:id="rId19"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2381" w:right="1134" w:bottom="1418" w:left="2835" w:header="595" w:footer="556" w:gutter="0"/>
           <w:cols w:space="709"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E51BB2D" w14:textId="7E31F8E0" w:rsidR="0045384F" w:rsidRPr="003C4E2C" w:rsidRDefault="0045384F" w:rsidP="0045384F">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C4E2C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Voeg één of meerdere contactpersonen toe aan de praktijk. Deze personen kunnen worden gecontacteerd bij inhoudelijke vragen over de praktijk. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D2EFEF" w14:textId="77777777" w:rsidR="0045384F" w:rsidRPr="0045384F" w:rsidRDefault="0045384F" w:rsidP="00144A49">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D7CA15C" w14:textId="541F7CE2" w:rsidR="0045384F" w:rsidRDefault="0045384F" w:rsidP="0045384F">
       <w:pPr>
         <w:pStyle w:val="BodytekstVVSG"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>[Naam] ………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61472BF3" w14:textId="399AA618" w:rsidR="0045384F" w:rsidRDefault="0045384F" w:rsidP="0045384F">
       <w:pPr>
@@ -7377,112 +7385,111 @@
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="4F6066E1" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="0420FFDA" w16cex:dateUtc="2024-02-15T14:13:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="4F6066E1" w16cid:durableId="0420FFDA"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55B1AEE7" w14:textId="77777777" w:rsidR="00C0618E" w:rsidRDefault="00C0618E" w:rsidP="00CC6EE8">
+    <w:p w14:paraId="7100EBC9" w14:textId="77777777" w:rsidR="00972FD2" w:rsidRDefault="00972FD2" w:rsidP="00CC6EE8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F93B6F1" w14:textId="77777777" w:rsidR="00C0618E" w:rsidRDefault="00C0618E" w:rsidP="00CC6EE8">
+    <w:p w14:paraId="1C5D64C9" w14:textId="77777777" w:rsidR="00972FD2" w:rsidRDefault="00972FD2" w:rsidP="00CC6EE8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="11F03A20" w14:textId="77777777" w:rsidR="00C0618E" w:rsidRDefault="00C0618E">
+    <w:p w14:paraId="299A00F5" w14:textId="77777777" w:rsidR="00972FD2" w:rsidRDefault="00972FD2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Coo Hew">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000002F" w:usb1="500160FB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -7876,65 +7883,65 @@
       </w:rPr>
       <w:t xml:space="preserve"> RPR Brussel BE 0451 857 573</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="748FF474" w14:textId="77777777" w:rsidR="00CC6EE8" w:rsidRPr="00523BBB" w:rsidRDefault="00CC6EE8" w:rsidP="00CC6EE8">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00523BBB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>info@vvsg.be • www.vvsg.be</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FD86F7B" w14:textId="77777777" w:rsidR="00C0618E" w:rsidRDefault="00C0618E" w:rsidP="00CC6EE8">
+    <w:p w14:paraId="5AB55DC5" w14:textId="77777777" w:rsidR="00972FD2" w:rsidRDefault="00972FD2" w:rsidP="00CC6EE8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57E1E066" w14:textId="77777777" w:rsidR="00C0618E" w:rsidRDefault="00C0618E" w:rsidP="00CC6EE8">
+    <w:p w14:paraId="44D7ED62" w14:textId="77777777" w:rsidR="00972FD2" w:rsidRDefault="00972FD2" w:rsidP="00CC6EE8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="078AB612" w14:textId="77777777" w:rsidR="00C0618E" w:rsidRDefault="00C0618E">
+    <w:p w14:paraId="568348E0" w14:textId="77777777" w:rsidR="00972FD2" w:rsidRDefault="00972FD2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="69E760E5" w14:textId="77777777" w:rsidR="00CC6EE8" w:rsidRDefault="00CC6EE8">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F33B398" wp14:editId="3D7D9BEB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>377825</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
@@ -12327,50 +12334,51 @@
     <w:rsid w:val="00297681"/>
     <w:rsid w:val="002A246E"/>
     <w:rsid w:val="002A6D3C"/>
     <w:rsid w:val="002B3018"/>
     <w:rsid w:val="002C48B9"/>
     <w:rsid w:val="002E5877"/>
     <w:rsid w:val="002E73A5"/>
     <w:rsid w:val="002F7858"/>
     <w:rsid w:val="00306BDB"/>
     <w:rsid w:val="0031077D"/>
     <w:rsid w:val="00311F02"/>
     <w:rsid w:val="00312F94"/>
     <w:rsid w:val="00316B76"/>
     <w:rsid w:val="003210C4"/>
     <w:rsid w:val="003269F5"/>
     <w:rsid w:val="0034065D"/>
     <w:rsid w:val="00341541"/>
     <w:rsid w:val="0034266B"/>
     <w:rsid w:val="00342749"/>
     <w:rsid w:val="003541A5"/>
     <w:rsid w:val="00356F5C"/>
     <w:rsid w:val="00361327"/>
     <w:rsid w:val="003735A2"/>
     <w:rsid w:val="00377736"/>
     <w:rsid w:val="0038384D"/>
+    <w:rsid w:val="00383A13"/>
     <w:rsid w:val="003A3F27"/>
     <w:rsid w:val="003A4504"/>
     <w:rsid w:val="003C3AF9"/>
     <w:rsid w:val="003C4E2C"/>
     <w:rsid w:val="003D0E27"/>
     <w:rsid w:val="003D1241"/>
     <w:rsid w:val="003D1ADA"/>
     <w:rsid w:val="003F0E89"/>
     <w:rsid w:val="003F1A7D"/>
     <w:rsid w:val="003F2514"/>
     <w:rsid w:val="003F3A9E"/>
     <w:rsid w:val="00411F96"/>
     <w:rsid w:val="004229F0"/>
     <w:rsid w:val="00423C4D"/>
     <w:rsid w:val="0043444A"/>
     <w:rsid w:val="00450662"/>
     <w:rsid w:val="00452E2E"/>
     <w:rsid w:val="0045384F"/>
     <w:rsid w:val="00463C59"/>
     <w:rsid w:val="004648E7"/>
     <w:rsid w:val="00467021"/>
     <w:rsid w:val="0047009A"/>
     <w:rsid w:val="004719D2"/>
     <w:rsid w:val="00482C9E"/>
     <w:rsid w:val="004A4E83"/>
@@ -12474,72 +12482,74 @@
     <w:rsid w:val="00891AA9"/>
     <w:rsid w:val="00892434"/>
     <w:rsid w:val="0089489C"/>
     <w:rsid w:val="008A00C6"/>
     <w:rsid w:val="008A36A3"/>
     <w:rsid w:val="008A67E4"/>
     <w:rsid w:val="008B4FC1"/>
     <w:rsid w:val="008B592E"/>
     <w:rsid w:val="008C3FF6"/>
     <w:rsid w:val="008D7D00"/>
     <w:rsid w:val="008E0099"/>
     <w:rsid w:val="008E197C"/>
     <w:rsid w:val="008F505C"/>
     <w:rsid w:val="0090143F"/>
     <w:rsid w:val="00904926"/>
     <w:rsid w:val="00905291"/>
     <w:rsid w:val="00910B1F"/>
     <w:rsid w:val="00913527"/>
     <w:rsid w:val="00917965"/>
     <w:rsid w:val="0092084F"/>
     <w:rsid w:val="00922427"/>
     <w:rsid w:val="0095590B"/>
     <w:rsid w:val="00960C66"/>
     <w:rsid w:val="00962263"/>
     <w:rsid w:val="00962464"/>
+    <w:rsid w:val="00972FD2"/>
     <w:rsid w:val="009869F4"/>
     <w:rsid w:val="00991E32"/>
     <w:rsid w:val="00992A61"/>
     <w:rsid w:val="00992D0F"/>
     <w:rsid w:val="009A5811"/>
     <w:rsid w:val="009C46C3"/>
     <w:rsid w:val="009C57C0"/>
     <w:rsid w:val="009D146B"/>
     <w:rsid w:val="009D1F42"/>
     <w:rsid w:val="009D7974"/>
     <w:rsid w:val="009E1E65"/>
     <w:rsid w:val="009F0541"/>
     <w:rsid w:val="00A012C1"/>
     <w:rsid w:val="00A20FA1"/>
     <w:rsid w:val="00A2288D"/>
     <w:rsid w:val="00A22EE6"/>
     <w:rsid w:val="00A304B0"/>
     <w:rsid w:val="00A35537"/>
     <w:rsid w:val="00A36D1F"/>
     <w:rsid w:val="00A434FD"/>
     <w:rsid w:val="00A44A30"/>
     <w:rsid w:val="00A539FA"/>
+    <w:rsid w:val="00A56E64"/>
     <w:rsid w:val="00A7308D"/>
     <w:rsid w:val="00A757C6"/>
     <w:rsid w:val="00A83758"/>
     <w:rsid w:val="00A869D0"/>
     <w:rsid w:val="00A9282D"/>
     <w:rsid w:val="00AA4D6A"/>
     <w:rsid w:val="00AA7ECE"/>
     <w:rsid w:val="00AC6083"/>
     <w:rsid w:val="00AC7E76"/>
     <w:rsid w:val="00AD09BC"/>
     <w:rsid w:val="00AD1EF9"/>
     <w:rsid w:val="00AD27DF"/>
     <w:rsid w:val="00AE4AAD"/>
     <w:rsid w:val="00B04E15"/>
     <w:rsid w:val="00B11285"/>
     <w:rsid w:val="00B12900"/>
     <w:rsid w:val="00B2093A"/>
     <w:rsid w:val="00B3337B"/>
     <w:rsid w:val="00B33D3C"/>
     <w:rsid w:val="00B34C82"/>
     <w:rsid w:val="00B4156E"/>
     <w:rsid w:val="00B443F5"/>
     <w:rsid w:val="00B4577D"/>
     <w:rsid w:val="00B4748A"/>
     <w:rsid w:val="00B51A99"/>
@@ -14704,50 +14714,106 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaLengthInSeconds xmlns="ba27f539-5634-4d28-8f70-2ce608afb8a0" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ba27f539-5634-4d28-8f70-2ce608afb8a0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="01e74b56-6dfa-4dff-9cc9-36914b1db102" xsi:nil="true"/>
+    <SharedWithUsers xmlns="01e74b56-6dfa-4dff-9cc9-36914b1db102">
+      <UserInfo>
+        <DisplayName>Maes Bert</DisplayName>
+        <AccountId>1117</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>De Waele Maarten</DisplayName>
+        <AccountId>1258</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Tom  Sweetlove</DisplayName>
+        <AccountId>2927</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Van Rie Hilde</DisplayName>
+        <AccountId>2901</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>De Cat Nele</DisplayName>
+        <AccountId>13</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>de Taeye Elke</DisplayName>
+        <AccountId>608</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Hautekiet Peter</DisplayName>
+        <AccountId>2328</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Betty Paeps</DisplayName>
+        <AccountId>2929</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002B3029F88107EC46B468AB2D7076285B" ma:contentTypeVersion="18" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="46c29f3127a7e07cf14a25630defd2c8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="ba27f539-5634-4d28-8f70-2ce608afb8a0" xmlns:ns3="01e74b56-6dfa-4dff-9cc9-36914b1db102" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c5c073a0f4085b44da6cf09a917b3f67" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="ba27f539-5634-4d28-8f70-2ce608afb8a0"/>
     <xsd:import namespace="01e74b56-6dfa-4dff-9cc9-36914b1db102"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -14961,197 +15027,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...54 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{502786DD-57AF-49EA-A012-7823C5521E43}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ba27f539-5634-4d28-8f70-2ce608afb8a0"/>
+    <ds:schemaRef ds:uri="01e74b56-6dfa-4dff-9cc9-36914b1db102"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B92C73B-C7CA-46E5-9946-4E49117783EE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="ba27f539-5634-4d28-8f70-2ce608afb8a0"/>
     <ds:schemaRef ds:uri="01e74b56-6dfa-4dff-9cc9-36914b1db102"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{502786DD-57AF-49EA-A012-7823C5521E43}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2053B026-D714-47B0-94DC-99FF73746791}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2053B026-D714-47B0-94DC-99FF73746791}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0948530-C2CB-45E8-A25A-2AE52E65B002}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>VVSG_NOTA_met_logo_GroeneLijn_sjabloon5.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1318</Words>
-  <Characters>7251</Characters>
+  <Words>1324</Words>
+  <Characters>7286</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>60</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8552</CharactersWithSpaces>
+  <CharactersWithSpaces>8593</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1376272</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>78</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://vvsgbe.sharepoint.com/sites/ProjectgroepKNW/Gedeelde documenten/WG business model/Beleidsnota's/Nota website toegangsprincipes v2.2.pdf?wdsle=0&amp;CT=1719845822012&amp;OR=ItemsView</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>